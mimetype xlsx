--- v0 (2025-11-18)
+++ v1 (2026-01-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="982" uniqueCount="410">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1148" uniqueCount="478">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1005,50 +1005,179 @@
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_n_110-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja realizado uma reforma na sede da APAE, incluindo adaptações para acessibilidade e melhorias estruturais, visando garantir segurança e conforto aos alunos com deficiência.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/requerimento_n_111-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja realizada a construção de um centro de velórios no cemitério municipal, com estrutura adequada, incluindo água, energia e iluminação, que atualmente não existem.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_n_112-2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de informações de quando vai se iniciar a construção da praça no setor neblina.</t>
   </si>
   <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_n_113-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que providencie uniformes para a equipe juvenil do município e que seja realizado um treinamento mais adequado às crianças e adolescentes que participam das atividades esportivas.</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_n_114-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o Poder Executivo e a Secretaria de Infraestrutura faça o recapeamento ou um tampa buraco na rua da vila união.</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_n_115-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o Executivo e a Secretaria de Infraestrutura faça o patrolamento e encascalhamento da estrada que vai do Veredão a água branca e demais produtores.</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_n_116-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo e a secretaria de agricultura mandem a máquina PC para região do Bar do Juarez região da fazenda Goiatuba para sancionar a escassez de água na região.</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_n_117-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja realizado a instalação de mata burro nas regiões de rotas escolares do salo e dos goianos e demais regiões.</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_n_118-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para o executivo de informação de quanto vai começar as obras de construção da rodoviária, que foi demolida em junho, já vai fazer 4 meses, e peço ao executivo que coloque uma tenda e mais bancos na rodoviária provisória.</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_n_119-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento, pela quarta vez, uns contêineres de lixo na entrada da cidade, e que coloque os contêineres em todos os comerciantes locais.</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_n_120-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo atualize a Lei da Licença dos Taxistas da nossa cidade que é de 5 anos que passe a ser 10 anos, pois só tem a nossa cidade no vale do Araguaia que a licença é de 5 anos que é desatualizada, que atualize para 10 anos, e aumente a avaliação de cores dos carros do táxi porque lá tem opção de só 2 cores branco e prata.</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_n_121-2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita aos nobres colegas vereadores o abono a faltas do dia 10 e 11 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_n_122-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo e a infraestrutura faça o reparo de lâmpadas queimadas nos postes em algumas ruas da cidade.</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_n_123-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo e a infraestrutura faça o patrolamento e encascalhamento da estrada que vai para Matinha Sr Valter fazenda São José e demais produtores.</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_n_124-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo e a secretaria de agricultura que mandem a máquina PC para região dos goianos para sancionar a escassez de água na região.</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_n_125-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que o executivo faça a instalação de mata burro onde não tem, nas regiões de rotas escolares do município.</t>
+  </si>
+  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Geciran Saraiva Silva</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_n_001_2025_-_altera_lei_384.2011_-_sim_1.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 384/2011, de 06 de dezembro de 2011, que dispõe sobre a criação do Serviço de Inspeção Municipal - SIM, no âmbito do Município de Dois Irmãos do Tocantins, e adota outras providências”.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_n_002_2025_-_altera_lei_297.2007_-_conselho_tutelar.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Municipal n° 297/2007, de 23 de agosto de 2007, que cria funções populares providas mediante cargos em comissão, mecanismos de controle, funcionamento e organização interna dos Conselhos Tutelares e dá outras providências”.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_n_003_2025_-_altera_a_lei_692.2024_-_loa.pdf</t>
   </si>
   <si>
     <t>“Altera o Art. 6º da Lei nº 692/2024 de 06 de dezembro de 2024 – Lei de Orçamentária Anual”.</t>
@@ -1056,68 +1185,98 @@
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_006_2025_-_financiamento_de_predio_publicos.pdf</t>
   </si>
   <si>
     <t>Autorização a realização de Programa de Financiamento para construção de prédios públicos municipais, em especial a Sede do Poder Executivo (Paço Municipal), demais edificações de secretarias, bem como aquisição de mobiliário, equipamentos e estrutura física.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_007_2025_-_sisan.pdf</t>
   </si>
   <si>
     <t>Estabelece os componentes municipais do Sistema Nacional de Segurança Alimentar e Nutricional - SISAN, criado pela Lei Federal n° 11.346, de 15 de setembro de 2006.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_n_009_2025_-_doacoaao_casas_populares.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a construção e doação de casas populares aos moradores do município de Dois Irmãos / TO e adota outras providências.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_n_010_2025_-_poliutica_educacoaao_integral.pdf</t>
   </si>
   <si>
     <t>Que institui a política de educação integral em tempo integral na rede municipal de ensino de Dois Irmãos do Tocantins - TO, e define as diretrizes gerais e objetivos a serem alcançados e dá outras providências.</t>
   </si>
   <si>
-    <t>114</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_011_2025_-_reajuste_educacao_202555.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre o reajuste da remuneração constantes dos anexos III e VI da Lei Municipal nº 682∕2024 do Plano de Cargos, Carreira e Remuneração dos Profissionais da Educação Básica, para o exercício de 2025 e dá outras providencias”.</t>
   </si>
   <si>
-    <t>115</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no_012_2025_-_reajuste_salarial_quadro_geral_e_saude100.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a revisão geral anual da remuneração dos servidores públicos da Administração Direta do Quadro Geral e Saúde do Poder Executivo do Município de Dois Irmãos do Tocantins, e adota outras providências”.</t>
   </si>
   <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_no_016__2025_-_idade_maxima_transporte_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a vida útil dos veículos utilizados no transporte escolar e dá outras providências.</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_no_017_2025_-_atualizacao_atuarial_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração do plano de amortização do déficit atuarial do RPPS do município de Dois Irmãos do Tocantins e dá outras providências.</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>PRL</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução do Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_04.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação de dispositivos do regimento interno da Câmara Municipal de Dois Irmãos do Tocantins (Resolução n° 004/2023), para dispor sobre o período de realização da eleição para renovação da mesa diretora e dá outras providências.</t>
+  </si>
+  <si>
     <t>26</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_complementar_no_001_2025_nova_estrutura_adm._poder_executivo.pdf</t>
   </si>
   <si>
     <t>“Cria nova Estrutura Administrativa do Quadro Organizacional do Poder Executivo do Município de Dois Irmãos do Tocantins“.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_complementar_no_002_2025_-_lei_de_contrato_temporario_3.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a contratação de pessoal em regime temporário, para atender a necessidade da administração pública”.</t>
   </si>
   <si>
     <t>46</t>
@@ -1125,50 +1284,77 @@
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_n_003_2025_-_altera_lei_004.2025_-_estrutura_adm.pdf</t>
   </si>
   <si>
     <t>“Altera a Lei Complementar nº 004/2025, de 21 de janeiro de 2025, que Cria nova Estrutura Administrativa do Quadro Organizacional do Poder Executivo do Município de Dois Irmãos do Tocantins”.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_n_004_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf</t>
   </si>
   <si>
     <t>“Altera o Anexo I da Lei Complementar nº 005/2025, de 21 de janeiro de 2025, que dispõe sobre a contratação de pessoal em regime temporário, para atender à necessidade da administração pública”.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_comp._n_005-2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n° 004/2025, de 21 de janeiro de 2025, que cria nova estrutura administrativa do quadro organizacional do poder executivo do município de Dois Irmãos do Tocantins.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_complementar_n_006_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Complementar n° 005/2025, de 21 de janeiro de 2025, que dispõe sobre a contratação de pessoal em regime temporário, para atender à necessidade da administração pública.</t>
   </si>
   <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_complementar_no_007-2025__-_ppa-2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre Elaboração do Plano Plurianual de governo do Município, para o período de 2026/2029.</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_no_008-2025_-_ldo-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária para o exercício de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_complementar_no_009-2025_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do orçamento anual do município de Dois Irmãos do Tocantins, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
     <t>CONV</t>
   </si>
   <si>
     <t>Convocação</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/53/01_-_06-01_convocacao_sessao_extraordinaria_07-01-2025.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem da Sessão Extraordinária referente ao mês de janeiro, no dia 07/01/2025.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/28/camscanner_21-01-2025_13.17.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem da Sessão Extraordinária referente ao mês de janeiro, no dia 21/01/2025.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/54/03_-_13-02_convocacao_sessoes_fevereiro.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das Sessões Ordinárias referente ao mês de fevereiro de 2025.</t>
@@ -1179,111 +1365,129 @@
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/29/convocacao_sessoes_marco.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de março de 2025.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/57/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de abril de 2025.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/convicacao.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de maio de 2025.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de junho de 2025.</t>
   </si>
   <si>
-    <t>117</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de agosto de 2025.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/convocacao_e_lista.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de setembro de 2025.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de outubro de 2025.</t>
   </si>
   <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/convocacao.pdf</t>
+  </si>
+  <si>
+    <t>Convocação dos vereadores para participarem das sessões ordinárias referente ao mês de dezembro de 2025.</t>
+  </si>
+  <si>
     <t>EDC</t>
   </si>
   <si>
     <t>Edital de Convocação</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/51/13-02_edital_de_convoccao_fevereiro.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO PARA SESSÕES ORDINÁRIAS que irão acontecer nos dias 17 a 21 de Fevereiro de 2025, com início às 19 horas, no Plenário do Legislativo.</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/52/06-03_edital_de_convocacao.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONVOCAÇÃO PARA SESSÕES ORDINÁRIAS que irão acontecer nos dias 10 a 14 de março de 2025, com início às 19 horas, no Plenário do Legislativo.</t>
   </si>
   <si>
-    <t>116</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/006_edital_de_conv.para_agosto_sessao_ordinaria_202573.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação para as Sessões ordinárias que irão acontecer nos dias 18 a 22 de Agosto de 2025, com início às 19 horas, no Plenário do Legislativo.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/edital_n_07-2025_-_convocacao.pdf</t>
   </si>
   <si>
     <t>Edital de Convocação para as Sessões ordinárias que irão acontecer nos dias 15 a 19 de setembro de 2025, com início às 19 horas, no Plenário do Legislativo.</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>PEL</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao.pdf</t>
+  </si>
+  <si>
+    <t>Altera a redação do art. 28 da Lei Orgânica do município de Dois Irmãos do Tocantins, para dispor sobre o período de realização da eleição da mesa diretora da Câmara Municipal.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1587,56 +1791,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/61/portaria_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/81/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_060-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_064-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_065-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/requerimento_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_n_081-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_n_082-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_n_083-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/118/camscanner_25-08-2025_09.04_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/119/camscanner_25-08-2025_09.04_2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/120/camscanner_25-08-2025_09.04_3.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/camscanner_25-08-2025_09.04_4.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/camscanner_25-08-2025_09.04_5.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/camscanner_25-08-2025_09.04_6.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/camscanner_25-08-2025_09.04_8.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/camscanner_25-08-2025_09.04_9.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/camscanner_25-08-2025_09.14_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/camscanner_25-08-2025_09.14_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/camscanner_25-08-2025_09.04_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/camscanner_25-08-2025_09.16.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_n_097-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_n_098-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_n_099-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_n_100-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_n_101-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_n_102-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_n_105-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_n_108-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_n_109-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_n_001_2025_-_altera_lei_384.2011_-_sim_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_n_002_2025_-_altera_lei_297.2007_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_n_003_2025_-_altera_a_lei_692.2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_006_2025_-_financiamento_de_predio_publicos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_007_2025_-_sisan.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_n_009_2025_-_doacoaao_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_n_010_2025_-_poliutica_educacoaao_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_011_2025_-_reajuste_educacao_202555.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no_012_2025_-_reajuste_salarial_quadro_geral_e_saude100.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_complementar_no_001_2025_nova_estrutura_adm._poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_complementar_no_002_2025_-_lei_de_contrato_temporario_3.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_n_003_2025_-_altera_lei_004.2025_-_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_n_004_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_comp._n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_complementar_n_006_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/53/01_-_06-01_convocacao_sessao_extraordinaria_07-01-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/28/camscanner_21-01-2025_13.17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/54/03_-_13-02_convocacao_sessoes_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/29/convocacao_sessoes_marco.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/57/convocacao.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/convicacao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/convocacao.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/convocacao.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/convocacao_e_lista.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/convocacao.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/51/13-02_edital_de_convoccao_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/52/06-03_edital_de_convocacao.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/006_edital_de_conv.para_agosto_sessao_ordinaria_202573.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/edital_n_07-2025_-_convocacao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/30/requerimento_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/31/requerimento_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/32/requerimento_03-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/33/requerimento_04-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/34/requerimento_05-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/35/requerimento_06-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/36/requerimento_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/37/requerimento_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/38/requerimento_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/39/requerimento_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/40/requerimento_11-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/41/requerimento_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/42/requerimento_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/43/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/44/requerimento_15-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/45/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/61/portaria_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/62/requerimento_n_035-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/63/requerimento_n_036-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/64/requerimento_n_037-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/65/requerimento_n_038-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/66/requerimento_n_039-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/67/requerimento_n_040-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/68/requerimento_n_041-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/69/requerimento_n_042-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/70/requerimento_n_043-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/71/requerimento_n_044-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/72/requerimento_n_045-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/73/requerimento_n_047-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/74/requerimento_n_048-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/75/requerimento_n_049-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/76/requerimento_n_050-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/77/requerimento_n_051-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/78/requerimento_n_052-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/79/requerimento_n_053-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/80/requerimento_n_054-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/81/requerimento_n_055-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/82/requerimento_n_056-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/83/requerimento_n_057-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/84/requerimento_n_058-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/requerimento_n_059-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/requerimento_n_060-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/requerimento_n_061-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/requerimento_n_062-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/requerimento_n_063-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/requerimento_n_064-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/requerimento_065-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_n_066-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_n_067-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_n_068-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/requerimento_n_069-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/requerimento_n_070-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/requerimento_n_071-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/requerimento_n_072-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/requerimento_n_073-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/requerimento_n_074-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/requerimento_n_075-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/requerimento_n_076-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/requerimento_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/requerimento_n_078-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/requerimento_n_079-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimento_n_080-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimento_n_081-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento_n_082-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_n_083-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/118/camscanner_25-08-2025_09.04_1.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/119/camscanner_25-08-2025_09.04_2.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/120/camscanner_25-08-2025_09.04_3.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/camscanner_25-08-2025_09.04_4.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/camscanner_25-08-2025_09.04_5.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/camscanner_25-08-2025_09.04_6.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/camscanner_25-08-2025_09.04_8.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/camscanner_25-08-2025_09.04_9.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/camscanner_25-08-2025_09.14_1.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/camscanner_25-08-2025_09.14_2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/camscanner_25-08-2025_09.04_10.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/camscanner_25-08-2025_09.16.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/requerimento_n_097-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/requerimento_n_098-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/requerimento_n_099-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/requerimento_n_100-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/requerimento_n_101-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/requerimento_n_102-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/requerimento_n_103-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/requerimento_n_104-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/requerimento_n_105-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_n_106-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_n_107-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_n_108-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_n_109-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_n_110-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/requerimento_n_111-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/requerimento_n_112-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_n_113-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_n_114-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_n_115-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_n_116-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/requerimento_n_117-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_n_118-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_n_119-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_n_120-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_n_121-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_n_122-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_n_123-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_n_124-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_n_125-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/48/projeto_de_lei_n_001_2025_-_altera_lei_384.2011_-_sim_1.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/49/projeto_de_lei_n_002_2025_-_altera_lei_297.2007_-_conselho_tutelar.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/50/projeto_de_lei_n_003_2025_-_altera_a_lei_692.2024_-_loa.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/59/projeto_de_lei_n_006_2025_-_financiamento_de_predio_publicos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/60/projeto_de_lei_n_007_2025_-_sisan.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/projeto_de_lei_n_009_2025_-_doacoaao_casas_populares.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/projeto_de_lei_n_010_2025_-_poliutica_educacoaao_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/projeto_de_lei_no_011_2025_-_reajuste_educacao_202555.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/projeto_de_lei_no_012_2025_-_reajuste_salarial_quadro_geral_e_saude100.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_lei_no_016__2025_-_idade_maxima_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_lei_no_017_2025_-_atualizacao_atuarial_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_04.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/26/projeto_de_lei_complementar_no_001_2025_nova_estrutura_adm._poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/27/projeto_de_lei_complementar_no_002_2025_-_lei_de_contrato_temporario_3.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/46/projeto_de_lei_complementar_n_003_2025_-_altera_lei_004.2025_-_estrutura_adm.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/47/projeto_de_lei_complementar_n_004_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/56/projeto_de_lei_comp._n_005-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/58/projeto_de_lei_complementar_n_006_2025_-_altera_lei_005.2025_-_contrato_temporario.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_complementar_no_007-2025__-_ppa-2026-2029.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_lei_complementar_no_008-2025_-_ldo-2026.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_lei_complementar_no_009-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/53/01_-_06-01_convocacao_sessao_extraordinaria_07-01-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/28/camscanner_21-01-2025_13.17.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/54/03_-_13-02_convocacao_sessoes_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/29/convocacao_sessoes_marco.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/57/convocacao.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/convicacao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/convocacao.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/convocacao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/convocacao_e_lista.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/convocacao.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/convocacao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/51/13-02_edital_de_convoccao_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/52/06-03_edital_de_convocacao.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/006_edital_de_conv.para_agosto_sessao_ordinaria_202573.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/edital_n_07-2025_-_convocacao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.doisirmaosdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H123"/>
+  <dimension ref="A1:H144"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="165.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4048,800 +4252,1340 @@
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
         <v>191</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
         <v>12</v>
       </c>
       <c r="F94" t="s">
         <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>329</v>
       </c>
       <c r="H94" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>121</v>
+        <v>331</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>10</v>
+        <v>194</v>
       </c>
       <c r="D95" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="F95" t="s">
+      <c r="H95" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>125</v>
+        <v>334</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>17</v>
+        <v>335</v>
       </c>
       <c r="D96" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>336</v>
       </c>
       <c r="H96" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>129</v>
+        <v>338</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>22</v>
+        <v>339</v>
       </c>
       <c r="D97" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H97" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>166</v>
+        <v>342</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>34</v>
+        <v>343</v>
       </c>
       <c r="D98" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="H98" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>170</v>
+        <v>346</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>38</v>
+        <v>347</v>
       </c>
       <c r="D99" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="H99" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>275</v>
+        <v>350</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>46</v>
+        <v>242</v>
       </c>
       <c r="D100" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="H100" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>279</v>
+        <v>353</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>51</v>
+        <v>245</v>
       </c>
       <c r="D101" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="H101" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>55</v>
+        <v>248</v>
       </c>
       <c r="D102" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="H102" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>60</v>
+        <v>251</v>
       </c>
       <c r="D103" t="s">
-        <v>331</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>332</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="H103" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>10</v>
+        <v>254</v>
       </c>
       <c r="D104" t="s">
-        <v>355</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>356</v>
+        <v>12</v>
       </c>
       <c r="F104" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="H104" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>17</v>
+        <v>257</v>
       </c>
       <c r="D105" t="s">
-        <v>355</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>356</v>
+        <v>12</v>
       </c>
       <c r="F105" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="H105" t="s">
-        <v>361</v>
+        <v>367</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>362</v>
+        <v>368</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>22</v>
+        <v>260</v>
       </c>
       <c r="D106" t="s">
-        <v>355</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>356</v>
+        <v>12</v>
       </c>
       <c r="F106" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>363</v>
+        <v>369</v>
       </c>
       <c r="H106" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>117</v>
+        <v>371</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>26</v>
+        <v>263</v>
       </c>
       <c r="D107" t="s">
-        <v>355</v>
+        <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>356</v>
+        <v>12</v>
       </c>
       <c r="F107" t="s">
-        <v>333</v>
+        <v>18</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="H107" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D108" t="s">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="E108" t="s">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="F108" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="H108" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>162</v>
+        <v>125</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="E109" t="s">
-        <v>356</v>
+        <v>375</v>
       </c>
       <c r="F109" t="s">
-        <v>333</v>
+        <v>376</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="H109" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>142</v>
+        <v>129</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D110" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E110" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F110" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="H110" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
+        <v>166</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>34</v>
+      </c>
+      <c r="D111" t="s">
+        <v>374</v>
+      </c>
+      <c r="E111" t="s">
         <v>375</v>
       </c>
-      <c r="B111" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F111" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="H111" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="D112" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E112" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F112" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="H112" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>380</v>
+        <v>275</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="D113" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E113" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F113" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="H113" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>158</v>
+        <v>279</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E114" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F114" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H114" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>264</v>
+        <v>335</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="D115" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E115" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F115" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="H115" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>271</v>
+        <v>339</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="D116" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E116" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F116" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="H116" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="D117" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E117" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F117" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="H117" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>46</v>
+        <v>399</v>
       </c>
       <c r="D118" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="E118" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="F118" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="H118" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D119" t="s">
-        <v>371</v>
+        <v>403</v>
       </c>
       <c r="E119" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>404</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="H119" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>134</v>
+        <v>407</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>10</v>
       </c>
       <c r="D120" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="E120" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F120" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="H120" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>138</v>
+        <v>412</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>17</v>
       </c>
       <c r="D121" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="E121" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F121" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="H121" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D122" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="E122" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="F122" t="s">
-        <v>47</v>
+        <v>376</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="H122" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>407</v>
+        <v>117</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
+        <v>26</v>
+      </c>
+      <c r="D123" t="s">
+        <v>408</v>
+      </c>
+      <c r="E123" t="s">
+        <v>409</v>
+      </c>
+      <c r="F123" t="s">
+        <v>376</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H123" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>154</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>30</v>
+      </c>
+      <c r="D124" t="s">
+        <v>408</v>
+      </c>
+      <c r="E124" t="s">
+        <v>409</v>
+      </c>
+      <c r="F124" t="s">
+        <v>376</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H124" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>162</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>34</v>
+      </c>
+      <c r="D125" t="s">
+        <v>408</v>
+      </c>
+      <c r="E125" t="s">
+        <v>409</v>
+      </c>
+      <c r="F125" t="s">
+        <v>376</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H125" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>424</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
         <v>38</v>
       </c>
-      <c r="D123" t="s">
-[...5 lines deleted...]
-      <c r="F123" t="s">
+      <c r="D126" t="s">
+        <v>408</v>
+      </c>
+      <c r="E126" t="s">
+        <v>409</v>
+      </c>
+      <c r="F126" t="s">
+        <v>376</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H126" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>427</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>42</v>
+      </c>
+      <c r="D127" t="s">
+        <v>408</v>
+      </c>
+      <c r="E127" t="s">
+        <v>409</v>
+      </c>
+      <c r="F127" t="s">
+        <v>376</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H127" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>430</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>46</v>
+      </c>
+      <c r="D128" t="s">
+        <v>408</v>
+      </c>
+      <c r="E128" t="s">
+        <v>409</v>
+      </c>
+      <c r="F128" t="s">
+        <v>376</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H128" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>142</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>10</v>
+      </c>
+      <c r="D129" t="s">
+        <v>433</v>
+      </c>
+      <c r="E129" t="s">
+        <v>434</v>
+      </c>
+      <c r="F129" t="s">
         <v>47</v>
       </c>
-      <c r="G123" s="1" t="s">
-[...3 lines deleted...]
-        <v>409</v>
+      <c r="G129" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H129" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>437</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>17</v>
+      </c>
+      <c r="D130" t="s">
+        <v>433</v>
+      </c>
+      <c r="E130" t="s">
+        <v>434</v>
+      </c>
+      <c r="F130" t="s">
+        <v>47</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H130" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>146</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>22</v>
+      </c>
+      <c r="D131" t="s">
+        <v>433</v>
+      </c>
+      <c r="E131" t="s">
+        <v>434</v>
+      </c>
+      <c r="F131" t="s">
+        <v>47</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H131" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>442</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>26</v>
+      </c>
+      <c r="D132" t="s">
+        <v>433</v>
+      </c>
+      <c r="E132" t="s">
+        <v>434</v>
+      </c>
+      <c r="F132" t="s">
+        <v>47</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H132" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>158</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>30</v>
+      </c>
+      <c r="D133" t="s">
+        <v>433</v>
+      </c>
+      <c r="E133" t="s">
+        <v>434</v>
+      </c>
+      <c r="F133" t="s">
+        <v>47</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H133" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>264</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>34</v>
+      </c>
+      <c r="D134" t="s">
+        <v>433</v>
+      </c>
+      <c r="E134" t="s">
+        <v>434</v>
+      </c>
+      <c r="F134" t="s">
+        <v>47</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H134" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>271</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>38</v>
+      </c>
+      <c r="D135" t="s">
+        <v>433</v>
+      </c>
+      <c r="E135" t="s">
+        <v>434</v>
+      </c>
+      <c r="F135" t="s">
+        <v>47</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H135" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>347</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>42</v>
+      </c>
+      <c r="D136" t="s">
+        <v>433</v>
+      </c>
+      <c r="E136" t="s">
+        <v>434</v>
+      </c>
+      <c r="F136" t="s">
+        <v>47</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="H136" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>453</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>46</v>
+      </c>
+      <c r="D137" t="s">
+        <v>433</v>
+      </c>
+      <c r="E137" t="s">
+        <v>434</v>
+      </c>
+      <c r="F137" t="s">
+        <v>47</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="H137" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>456</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>51</v>
+      </c>
+      <c r="D138" t="s">
+        <v>433</v>
+      </c>
+      <c r="E138" t="s">
+        <v>434</v>
+      </c>
+      <c r="F138" t="s">
+        <v>47</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H138" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>459</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>55</v>
+      </c>
+      <c r="D139" t="s">
+        <v>433</v>
+      </c>
+      <c r="E139" t="s">
+        <v>434</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H139" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>134</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
+        <v>462</v>
+      </c>
+      <c r="E140" t="s">
+        <v>463</v>
+      </c>
+      <c r="F140" t="s">
+        <v>47</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H140" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>138</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>17</v>
+      </c>
+      <c r="D141" t="s">
+        <v>462</v>
+      </c>
+      <c r="E141" t="s">
+        <v>463</v>
+      </c>
+      <c r="F141" t="s">
+        <v>47</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H141" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>343</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>34</v>
+      </c>
+      <c r="D142" t="s">
+        <v>462</v>
+      </c>
+      <c r="E142" t="s">
+        <v>463</v>
+      </c>
+      <c r="F142" t="s">
+        <v>47</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H142" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>470</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>38</v>
+      </c>
+      <c r="D143" t="s">
+        <v>462</v>
+      </c>
+      <c r="E143" t="s">
+        <v>463</v>
+      </c>
+      <c r="F143" t="s">
+        <v>47</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H143" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>473</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>30</v>
+      </c>
+      <c r="D144" t="s">
+        <v>474</v>
+      </c>
+      <c r="E144" t="s">
+        <v>475</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="H144" t="s">
+        <v>477</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4924,50 +5668,71 @@
     <hyperlink ref="G99" r:id="rId98"/>
     <hyperlink ref="G100" r:id="rId99"/>
     <hyperlink ref="G101" r:id="rId100"/>
     <hyperlink ref="G102" r:id="rId101"/>
     <hyperlink ref="G103" r:id="rId102"/>
     <hyperlink ref="G104" r:id="rId103"/>
     <hyperlink ref="G105" r:id="rId104"/>
     <hyperlink ref="G106" r:id="rId105"/>
     <hyperlink ref="G107" r:id="rId106"/>
     <hyperlink ref="G108" r:id="rId107"/>
     <hyperlink ref="G109" r:id="rId108"/>
     <hyperlink ref="G110" r:id="rId109"/>
     <hyperlink ref="G111" r:id="rId110"/>
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>